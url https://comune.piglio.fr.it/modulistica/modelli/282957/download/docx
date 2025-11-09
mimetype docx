--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1990776540"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2059123744"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2059123744"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2059123744"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1990776540"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2059123744"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2059123744"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2059123744"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1990776540"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2059123744"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2059123744"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2059123744"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1990776540"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2059123744"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2059123744"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2059123744"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1990776540"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2059123744"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2059123744"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2059123744"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1990776540"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2059123744"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2059123744"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2059123744"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1990776540"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2059123744"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2059123744"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2059123744"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1990776540"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1990776540"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2059123744"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2059123744"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2059123744"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>