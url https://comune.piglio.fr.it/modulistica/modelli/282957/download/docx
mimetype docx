--- v1 (2025-11-09)
+++ v2 (2025-12-25)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2059123744"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1993437765"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1993437765"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1993437765"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2059123744"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1993437765"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1993437765"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1993437765"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2059123744"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1993437765"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1993437765"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1993437765"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2059123744"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1993437765"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1993437765"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1993437765"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2059123744"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1993437765"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1993437765"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1993437765"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2059123744"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1993437765"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1993437765"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1993437765"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2059123744"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1993437765"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1993437765"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1993437765"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2059123744"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2059123744"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1993437765"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1993437765"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1993437765"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>