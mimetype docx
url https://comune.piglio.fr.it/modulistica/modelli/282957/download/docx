--- v2 (2025-12-25)
+++ v3 (2025-12-25)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1993437765"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2166617270"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2166617270"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2166617270"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1993437765"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2166617270"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2166617270"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2166617270"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1993437765"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2166617270"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2166617270"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2166617270"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1993437765"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2166617270"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2166617270"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2166617270"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1993437765"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2166617270"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2166617270"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2166617270"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1993437765"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2166617270"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2166617270"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2166617270"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1993437765"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2166617270"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2166617270"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2166617270"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1993437765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1993437765"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2166617270"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2166617270"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2166617270"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>