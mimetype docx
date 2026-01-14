--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2166617270"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_383118133"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_383118133"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_383118133"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2166617270"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_383118133"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_383118133"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_383118133"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2166617270"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_383118133"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_383118133"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_383118133"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2166617270"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_383118133"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_383118133"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_383118133"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2166617270"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_383118133"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_383118133"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_383118133"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2166617270"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_383118133"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_383118133"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_383118133"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2166617270"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_383118133"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_383118133"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_383118133"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2166617270"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2166617270"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_383118133"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_383118133"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_383118133"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>