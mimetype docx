--- v4 (2026-01-14)
+++ v5 (2026-02-06)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_383118133"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1015945133"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1015945133"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1015945133"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_383118133"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1015945133"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1015945133"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1015945133"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_383118133"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1015945133"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1015945133"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1015945133"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_383118133"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1015945133"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1015945133"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1015945133"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_383118133"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1015945133"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1015945133"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1015945133"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_383118133"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1015945133"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1015945133"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1015945133"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_383118133"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1015945133"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1015945133"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1015945133"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_383118133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_383118133"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1015945133"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1015945133"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1015945133"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>