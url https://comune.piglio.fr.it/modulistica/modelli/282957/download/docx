--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1015945133"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2093367674"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2093367674"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2093367674"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1015945133"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2093367674"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2093367674"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2093367674"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1015945133"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2093367674"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2093367674"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2093367674"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1015945133"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2093367674"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2093367674"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2093367674"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1015945133"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2093367674"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2093367674"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2093367674"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1015945133"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2093367674"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2093367674"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2093367674"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1015945133"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2093367674"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2093367674"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2093367674"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1015945133"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1015945133"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2093367674"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2093367674"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2093367674"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>