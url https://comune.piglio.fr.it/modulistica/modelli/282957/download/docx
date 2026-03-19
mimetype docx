--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2093367674"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1549003316"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1549003316"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1549003316"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2093367674"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1549003316"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1549003316"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1549003316"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2093367674"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1549003316"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1549003316"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1549003316"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2093367674"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1549003316"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1549003316"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1549003316"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2093367674"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1549003316"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1549003316"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1549003316"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2093367674"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1549003316"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1549003316"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1549003316"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2093367674"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1549003316"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1549003316"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1549003316"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2093367674"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2093367674"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1549003316"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1549003316"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1549003316"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>